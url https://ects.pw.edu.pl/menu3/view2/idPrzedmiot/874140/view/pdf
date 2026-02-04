--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -736,67 +736,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W20, K_W01, K_W02, K_W09</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W09, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDI_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie, jak zrealizować pracę zgodnie z wymogami prawnymi i etycznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -886,67 +886,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U07, K_U15, K_U16</w:t>
+        <w:t xml:space="preserve">K_U15, K_U16, K_U04, K_U06, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDI_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować dokumentację zrealizowanego zadania projektowego lub badawczego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1106,67 +1106,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDI_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować przebieg realizacji pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>