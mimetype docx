--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -886,67 +886,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U16, K_U04, K_U06, K_U07</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U07, K_U15, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDI_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować dokumentację zrealizowanego zadania projektowego lub badawczego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1106,67 +1106,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDI_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować przebieg realizacji pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>