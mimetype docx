--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -752,51 +752,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W09, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDI_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wie, jak zrealizować pracę zgodnie z wymogami prawnymi i etycznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1176,51 +1176,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">x1, K_K06,  x7</w:t>
+        <w:t xml:space="preserve"> x7, x1, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>