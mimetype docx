--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -775,255 +775,255 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ELR _W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie zasady działania wzmacniacza tranzystorowego. wzmacniacza operacyjnego i układów stabilizacji napięcia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin,kolokwia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ELR _W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ELR_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie zasady działania wzmacniacza tranzystorowego. wzmacniacza operacyjnego i układów stabilizacji napięcia.</w:t>
+        <w:t xml:space="preserve">Ma elementarną wiedzą w zakresie podstaw fizyki półprzewodników oraz działania powszechnie stosowanych przyrządów półprzewodnikowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin,kolokwia</w:t>
+        <w:t xml:space="preserve">kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ELR_W01: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ELR _U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma elementarną wiedzą w zakresie podstaw fizyki półprzewodników oraz działania powszechnie stosowanych przyrządów półprzewodnikowych.</w:t>
+        <w:t xml:space="preserve">W oparciu o strukturę wzmacniacza operacyjnego potrafi zaprojektować prosty wzmacniacz o zadanych parametrach (np. wzmocnienie, pasmo przenoszenia, slew rate).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia, egzamin</w:t>
+        <w:t xml:space="preserve">egzamin, kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_U08, K_U07</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>