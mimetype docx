--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -775,51 +775,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ELR _W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma elementarną wiedzę w zakresie zasady działania wzmacniacza tranzystorowego. wzmacniacza operacyjnego i układów stabilizacji napięcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>