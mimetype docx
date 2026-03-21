--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -995,51 +995,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ELR _U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować prosty układ stabilizacji napięcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>