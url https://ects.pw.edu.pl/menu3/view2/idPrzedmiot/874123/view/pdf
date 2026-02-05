--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -763,51 +763,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawozdania z ćwiczeń laboratoryjnych: ultrasonografia i scyntygrafia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W16</w:t>
+        <w:t xml:space="preserve">K_W16, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -919,51 +919,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W13, K_W16, K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POM _U02: </w:t>
       </w:r>
     </w:p>
@@ -1139,51 +1139,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U16, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pomiar i ocenić jakość odwzorowań scyntygraficznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>