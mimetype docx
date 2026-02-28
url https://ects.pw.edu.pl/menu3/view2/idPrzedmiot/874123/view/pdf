--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -763,51 +763,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawozdania z ćwiczeń laboratoryjnych: ultrasonografia i scyntygrafia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1273,67 +1273,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POM _K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie skutki zastosowań promieniowania jonizującego i ma świadomość odpowiedzialności za jakość używanego w badaniach medycznych sprzętu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>