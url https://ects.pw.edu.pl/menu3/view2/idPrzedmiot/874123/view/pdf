--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -763,51 +763,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawozdania z ćwiczeń laboratoryjnych: ultrasonografia i scyntygrafia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W16</w:t>
+        <w:t xml:space="preserve">K_W16, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1289,51 +1289,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POM _K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie skutki zastosowań promieniowania jonizującego i ma świadomość odpowiedzialności za jakość używanego w badaniach medycznych sprzętu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>