--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -746,67 +746,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI2_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe doświadczenia i teorie fizyczne świadczące o kwantowej naturze mikroświata. Rozumie pojęcia: kwant, foton, fala materii, dualizm korpuskularno-falowy. Zna postulaty mechaniki kwantowej i umie wyznaczyć stany stacjonarne, rozwiązując równanie Schrodingera dla prostych jednowymiarowych potencjałów oraz dla ważnych modeli fizycznych (teoria pasmowa - model Kroniga-Penneya, energia drgań cieplnych kryształu - kwantowy oscylator harmoniczny). Zapoznał się z wyprowadzeniami tych modeli.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -902,51 +902,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FI2_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna kwantowy model atomu wodoropodobnego, interpretację fizyczną liczb kwantowych i odpowiadające im obserwable. Potrafi wyznaczyć konfigurację elektronową dla atomów wieloelektronowych. Rozumie związek pomiędzy konfiguracją elektronową a własnościami fizykochemicznymi (w szczególności magnety-cznymi). Rozumie strukturę układu okresowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>