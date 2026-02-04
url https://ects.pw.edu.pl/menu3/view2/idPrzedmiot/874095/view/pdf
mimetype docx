--- v0 (2025-12-26)
+++ v1 (2026-02-04)
@@ -916,67 +916,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zrealizowanego projektu oraz opracowanej dokumentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować prostą aplikację bazodanową, w tym interfejsy użytkownika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1056,67 +1056,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zrealizowanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać w podstawowym zakresie język SQL.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>