--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -986,137 +986,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zrealizowanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U11, K_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UU, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSBD_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi uruchomić, skonfigurować i programować w podstawowym zakresie prosty serwer bazodanowy wraz z bazą danych aplikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zrealizowanego projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać w podstawowym zakresie język SQL.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>