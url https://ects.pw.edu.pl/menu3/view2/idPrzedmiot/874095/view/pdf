--- v2 (2026-02-27)
+++ v3 (2026-03-20)
@@ -836,67 +836,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z części wykładowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U01: </w:t>
       </w:r>
     </w:p>
@@ -986,67 +986,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zrealizowanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UU, P6U_U</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi uruchomić, skonfigurować i programować w podstawowym zakresie prosty serwer bazodanowy wraz z bazą danych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>