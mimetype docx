--- v0 (2025-12-26)
+++ v1 (2026-02-05)
@@ -888,427 +888,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AIR_IST_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe układy regulacji stosowane w przemyśle do kontroli procesów technologicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AIR_IST_W12: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasadę działania aparatów technologicznych stosowanych w przemyśle</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AIR_IST_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AIR_IST_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe układy regulacji stosowane w przemyśle do kontroli procesów technologicznych</w:t>
+        <w:t xml:space="preserve">Potrafi zamodelować i przeanalizować działanie aparatu technologicznego oraz sformułować stosowne wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09</w:t>
+        <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AIR_IST_W12: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AIR_IST_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasadę działania aparatów technologicznych stosowanych w przemyśle</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać modelowanie numeryczne do rozwiązania problemu inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">Prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12</w:t>
+        <w:t xml:space="preserve">K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka AIR_IST_U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AIR_IST_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zamodelować i przeanalizować działanie aparatu technologicznego oraz sformułować stosowne wnioski</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić studium literatury</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AIR_IST_K01: </w:t>
       </w:r>
     </w:p>