--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -888,67 +888,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AIR_IST_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe układy regulacji stosowane w przemyśle do kontroli procesów technologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -974,51 +974,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AIR_IST_W12: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasadę działania aparatów technologicznych stosowanych w przemyśle</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>