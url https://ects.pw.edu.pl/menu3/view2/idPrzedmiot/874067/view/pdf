--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -888,51 +888,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prace domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -974,51 +974,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AIR_IST_W12: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasadę działania aparatów technologicznych stosowanych w przemyśle</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>