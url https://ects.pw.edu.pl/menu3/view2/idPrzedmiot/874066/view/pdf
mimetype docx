--- v0 (2025-12-26)
+++ v1 (2026-02-27)
@@ -765,121 +765,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka AUP_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę z zakresu struktury układów regulacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AUP_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu projektowania układów automatyki oraz tworzenia dokumentacji projektowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>