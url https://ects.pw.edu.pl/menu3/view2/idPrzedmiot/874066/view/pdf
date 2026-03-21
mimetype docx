--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -835,51 +835,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AUP_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawową wiedzę z zakresu projektowania układów automatyki oraz tworzenia dokumentacji projektowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1109,67 +1109,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Realizacja ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka AUP_K01: </w:t>
       </w:r>
     </w:p>