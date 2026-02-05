--- v0 (2025-12-26)
+++ v1 (2026-02-05)
@@ -757,567 +757,567 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z części wykładowej. Ocena zrealizowanych projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W14, K_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBR _IST_K_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu analizy  zachowań układów napędowych stosowanych w  mechanizmach  manipulatorów i robotów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin z części wykładowej. Ocena zrealizowanych projektów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w  zakresie projektowania  mechanizmów  manipulatorów i robotów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zrealizowanych dwóch projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W14, K_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową  wiedzę w zakresie analizy  zachowań geometrycznych mechanizmów manipulatorów i robotów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin z części wykładowej. Ocena zrealizowanych  projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W16, K_W03, K_W09, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZBR _IST_K_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu analizy  zachowań układów napędowych stosowanych w  mechanizmach  manipulatorów i robotów</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie analizy  zachowań kinematycznych mechanizmów manipulatorów i robotów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z części wykładowej. Ocena zrealizowanych projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10</w:t>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W14, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_W01: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w  zakresie projektowania  mechanizmów  manipulatorów i robotów</w:t>
+        <w:t xml:space="preserve">Efekt	Potrafi  zebrać i wykorzystać informacje na temat  syntezy zachowań geometrycznych, kinematycznych i kinetycznych  mechanizmów manipulatorów i robotów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena zrealizowanych dwóch projektów</w:t>
+        <w:t xml:space="preserve">Ocena zrealizowanych projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W03, K_W09, K_W14</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_W02: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową  wiedzę w zakresie analizy  zachowań geometrycznych mechanizmów manipulatorów i robotów</w:t>
+        <w:t xml:space="preserve">Potrafi zebrać i wykorzystać informacje na temat  doboru układów napędowych  mechanizmów manipulatorów i robotów na podstawie ich zachowań geometrycznych, kinematycznych i kinetycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin z części wykładowej. Ocena zrealizowanych  projektów</w:t>
+        <w:t xml:space="preserve">Ocena zrealizowanych projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W09, K_W14, K_W16</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_W03: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie analizy  zachowań kinematycznych mechanizmów manipulatorów i robotów</w:t>
+        <w:t xml:space="preserve">Potrafi opracować dokumentację projektową mechanizmu manipulatora lub robota łącznie z układami napędowymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin z części wykładowej. Ocena zrealizowanych projektów.</w:t>
+        <w:t xml:space="preserve">Ocena dokumentacji projektowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W09, K_W14, K_W16</w:t>
+        <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i przedstawić krótką prezentację ustną poświęconą wynikom realizacji projektu mechanizmu manipulatora lub robota łącznie z układami napędowymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>