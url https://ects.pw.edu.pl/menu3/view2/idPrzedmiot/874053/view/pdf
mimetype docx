--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -967,67 +967,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z części wykładowej. Ocena zrealizowanych  projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W03, K_W09, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W16, K_W03, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie analizy  zachowań kinematycznych mechanizmów manipulatorów i robotów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1083,50 +1083,120 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zebrać i wykorzystać informacje na temat  doboru układów napędowych  mechanizmów manipulatorów i robotów na podstawie ich zachowań geometrycznych, kinematycznych i kinetycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zrealizowanych projektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Efekt	Potrafi  zebrać i wykorzystać informacje na temat  syntezy zachowań geometrycznych, kinematycznych i kinetycznych  mechanizmów manipulatorów i robotów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zrealizowanych projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1146,178 +1216,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zebrać i wykorzystać informacje na temat  doboru układów napędowych  mechanizmów manipulatorów i robotów na podstawie ich zachowań geometrycznych, kinematycznych i kinetycznych</w:t>
+        <w:t xml:space="preserve">Potrafi opracować dokumentację projektową mechanizmu manipulatora lub robota łącznie z układami napędowymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena zrealizowanych projektów</w:t>
+        <w:t xml:space="preserve">Ocena dokumentacji projektowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01</w:t>
+        <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przygotować i przedstawić krótką prezentację ustną poświęconą wynikom realizacji projektu mechanizmu manipulatora lub robota łącznie z układami napędowymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>