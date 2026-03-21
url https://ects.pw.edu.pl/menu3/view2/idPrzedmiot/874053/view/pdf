--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -967,255 +967,255 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z części wykładowej. Ocena zrealizowanych  projektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W16, K_W03, K_W09</w:t>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W14, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie analizy  zachowań kinematycznych mechanizmów manipulatorów i robotów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin z części wykładowej. Ocena zrealizowanych projektów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W09, K_W14, K_W16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie analizy  zachowań kinematycznych mechanizmów manipulatorów i robotów</w:t>
+        <w:t xml:space="preserve">Efekt	Potrafi  zebrać i wykorzystać informacje na temat  syntezy zachowań geometrycznych, kinematycznych i kinetycznych  mechanizmów manipulatorów i robotów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin z części wykładowej. Ocena zrealizowanych projektów.</w:t>
+        <w:t xml:space="preserve">Ocena zrealizowanych projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W09, K_W14, K_W16</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve">P6U_U</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBR_IST_K_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zebrać i wykorzystać informacje na temat  doboru układów napędowych  mechanizmów manipulatorów i robotów na podstawie ich zachowań geometrycznych, kinematycznych i kinetycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena zrealizowanych projektów</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Ocena zrealizowanych projektów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>