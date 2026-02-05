--- v0 (2025-12-26)
+++ v1 (2026-02-05)
@@ -992,191 +992,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PSBD_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi uruchomić, skonfigurować i programować w podstawowym zakresie prosty serwer bazodanowy wraz z bazą danych aplikacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zrealizowanego projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U05, K_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PSBD_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PSBD_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi uruchomić, skonfigurować i programować w podstawowym zakresie prosty serwer bazodanowy wraz z bazą danych aplikacji.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystywać w podstawowym zakresie język SQL.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena zrealizowanego projektu.</w:t>
+        <w:t xml:space="preserve">Ocena ćwiczeń laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować podstawową dokumentację projektową aplikacji bazodanowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>