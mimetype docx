--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować prostą aplikację bazodanową, w tym interfejsy użytkownika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -992,51 +992,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi uruchomić, skonfigurować i programować w podstawowym zakresie prosty serwer bazodanowy wraz z bazą danych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1132,51 +1132,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować podstawową dokumentację projektową aplikacji bazodanowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>