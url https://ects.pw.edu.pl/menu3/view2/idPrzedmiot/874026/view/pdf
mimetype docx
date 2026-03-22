--- v2 (2026-02-27)
+++ v3 (2026-03-22)
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować prostą aplikację bazodanową, w tym interfejsy użytkownika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -992,51 +992,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PSBD_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi uruchomić, skonfigurować i programować w podstawowym zakresie prosty serwer bazodanowy wraz z bazą danych aplikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>