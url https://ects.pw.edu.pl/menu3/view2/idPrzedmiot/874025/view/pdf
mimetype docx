--- v0 (2025-12-27)
+++ v1 (2026-02-06)
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UW, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_1ST_K01: </w:t>
       </w:r>
     </w:p>