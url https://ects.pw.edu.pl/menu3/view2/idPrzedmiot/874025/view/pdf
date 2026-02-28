--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_1ST_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada elementarną wiedzę w zakresie zarządzania cyklem tworzenia oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>