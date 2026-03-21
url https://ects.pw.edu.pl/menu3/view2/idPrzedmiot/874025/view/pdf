--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_1ST_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada elementarną wiedzę w zakresie zarządzania cyklem tworzenia oprogramowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, I.P6S_UW, P6U_U</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_1ST_K01: </w:t>
       </w:r>
     </w:p>