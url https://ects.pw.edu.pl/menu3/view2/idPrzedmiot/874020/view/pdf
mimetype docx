--- v0 (2025-12-26)
+++ v1 (2026-02-04)
@@ -743,67 +743,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z referatów seminaryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W20, K_W18</w:t>
+        <w:t xml:space="preserve">K_W18, K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SD_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aktualny stan techniki i tendencje rozwojowe dotyczące wybranego tematu dyplomu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -893,67 +893,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z referatu seminaryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
+        <w:t xml:space="preserve">K_U03, K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SD_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna związek zagadnień opracowywanych w ramach pracy dyplomowej z ochroną środowiska naturalnego, warunkami pracy i rynkiem pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>