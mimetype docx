--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -893,67 +893,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z referatu seminaryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U05, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SD_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna związek zagadnień opracowywanych w ramach pracy dyplomowej z ochroną środowiska naturalnego, warunkami pracy i rynkiem pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>