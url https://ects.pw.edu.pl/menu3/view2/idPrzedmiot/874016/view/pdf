--- v0 (2026-02-06)
+++ v1 (2026-02-28)
@@ -766,331 +766,331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OMC_w02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy integracji sygnałów optycznych, elektrycznych i mechanicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, kartkówki przed rozpoczęciem ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka OMC_w02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka OMC_w03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy integracji sygnałów optycznych, elektrycznych i mechanicznych</w:t>
+        <w:t xml:space="preserve">Zna podstawowe funkcjonalne zespoły optomechatroniczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, kartkówki przed rozpoczęciem ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W12, K_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OMC_w04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna flagowe urządzenia i systemy optomechatroniczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OMC_w05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna optyczne metody kontroli montażu powierzchniowego elementów i zespołów elektronicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, kartkówki przed rozpoczęciem ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OMC_u01: </w:t>
       </w:r>
     </w:p>