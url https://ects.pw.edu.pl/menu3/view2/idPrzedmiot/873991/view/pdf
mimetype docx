--- v0 (2025-12-26)
+++ v1 (2026-02-06)
@@ -772,51 +772,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTR_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zależność pomiedzy budową materiałów a ich właściwościami </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>