--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -992,51 +992,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTR_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie korzystać z baz materiałów i metodyki doboru materiałów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1062,51 +1062,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTR_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie dla danej grupy materiałow dobrać obróbke cieplną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>