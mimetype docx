--- v0 (2025-12-25)
+++ v1 (2026-03-23)
@@ -840,51 +840,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę nt. potrzeby współpracy związków sportowych oraz władz samorządowych z organizacjami i klubami sportowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -974,67 +974,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U09, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U07, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.H.P7S_UW.1, I.P7S_UK, I.P7S_UW, II.S.P7S_UW.2.o, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.H.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, II.H.P7S_UW.2.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>