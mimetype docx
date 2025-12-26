--- v0 (2025-10-29)
+++ v1 (2025-12-26)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu wykonywania obliczeń wytrzymałościowych dla zbiornika ciśnieniowego z mieszadłem według przepisów dozoru technicznego (UDT) i narysowania rysunku złożeniowego zbiornika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>