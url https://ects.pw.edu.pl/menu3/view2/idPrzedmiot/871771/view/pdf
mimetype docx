--- v1 (2025-12-26)
+++ v2 (2026-02-05)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę z zakresu wykonywania obliczeń wytrzymałościowych dla zbiornika ciśnieniowego z mieszadłem według przepisów dozoru technicznego (UDT) i narysowania rysunku złożeniowego zbiornika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -937,51 +937,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z wszelkiego rodzaju informacji i je analizować.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>