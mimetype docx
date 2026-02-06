--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -781,51 +781,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą bilansów materiałowych poszczególnych składników w podstawowych typach reaktorów idealnych, jak również posiada wiedzę dotyczącą bilansów entalpowych dla reakcji chemicznych ze znaczącymi efektami cieplnymi przebiegających w reaktorach idealnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -921,51 +921,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat bilansowania reaktorów heterogenicznych z katalizatorem unieruchomionym oraz posiada podstawową wiedzę na temat matematycznego opisu procesu spalania zachodzącego w układach ciało stałe-gaz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>