--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -921,51 +921,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat bilansowania reaktorów heterogenicznych z katalizatorem unieruchomionym oraz posiada podstawową wiedzę na temat matematycznego opisu procesu spalania zachodzącego w układach ciało stałe-gaz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1211,51 +1211,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi interpretować i opisywać matematycznie proces spalania ciała stałego w warunkach gazowych z zastosowaniem modelu nieprzereagowanego rdzenia, a także potrafi opisywać i bilansować procesy z udziałem katalizatorów unieruchomionych z uwzględnieniem podstawowych problemów dezaktywacji katalizatora. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>