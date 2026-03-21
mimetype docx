--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -1141,121 +1141,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K1_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi interpretować i opisywać matematycznie przebieg procesów dwufazowych z reakcją chemiczną. Potrafi określać wpływ reakcji chemicznej na przebieg procesu absorpcji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, referat, sprawozdanie, dyskusja, seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K1_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi interpretować i opisywać matematycznie proces spalania ciała stałego w warunkach gazowych z zastosowaniem modelu nieprzereagowanego rdzenia, a także potrafi opisywać i bilansować procesy z udziałem katalizatorów unieruchomionych z uwzględnieniem podstawowych problemów dezaktywacji katalizatora. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>