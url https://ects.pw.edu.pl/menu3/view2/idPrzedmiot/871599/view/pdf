--- v0 (2025-12-27)
+++ v1 (2026-02-28)
@@ -787,271 +787,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę niezbędną do bilansowania i modelowania procesów zintegrowanych i reaktorach wielofunkcyjnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę niezbędną do bilansowania i modelowania procesów zintegrowanych i reaktorach wielofunkcyjnych.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać projekt procesowy zmierzający do intensyfikacji i poprawy efektywności procesu dla procesów zintegrowanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian pisemny</w:t>
+        <w:t xml:space="preserve">praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W04</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U05, K2_U06, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P6S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać projekt procesowy zmierzający do intensyfikacji i poprawy efektywności procesu dla procesów zintegrowanych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaproponować ulepszenie i modyfikację procesu, tj. potrafi zaproponować i zastosować nowoczesne rozwiązania procesowe i aparaturowe w celu zwiększenie efektywności procesu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, dyskusja, seminarium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U07, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U02, K2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UU, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS1: </w:t>
       </w:r>
     </w:p>