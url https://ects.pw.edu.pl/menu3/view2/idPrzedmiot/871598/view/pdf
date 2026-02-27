--- v0 (2025-12-27)
+++ v1 (2026-02-27)
@@ -951,51 +951,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U13, K2_U04, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, III.P6S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, III.P6S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, bazy danych oraz innych źródeł, a następnie je interpretować i wyciągać wnioski. Potrafi wykonać pełen projekt procesowy (potrafi tworzyć matematyczne modele procesu technologicznego, dokonać analizy i dekompozycji układu równań tego modelu i wybrać optymalną metodę rozwiązania).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>