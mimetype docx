--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -773,67 +773,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o, II.S.P6S_WG.1, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedze na temat aktów prawnych regulujących kompetencje organów publicznych w zakresie bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -843,67 +843,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę co do podmiotów i instytucji działających w zakresie bezpieczeństwa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -913,67 +913,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą narzędzi i instrumentów wykorzystywanych na rzez bezpieczeństwa przez organy administracji publicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1053,67 +1053,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W02, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę co do działań podejmowanych przez UE na rzecz wspierania bezpieczeństwa w poszczególnych krajach człon</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1123,67 +1123,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W05</w:t>
+        <w:t xml:space="preserve">K_W05, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.3, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat funkcjonowania organizacji ponadkrajowych działających na rzecz bezpieczeństwa, np. NATO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1273,67 +1273,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować zjawiska zachodzące w strukturach administracji publicznej w dziedzinie bezpieczeństwa narodowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1343,551 +1343,551 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi doskonalić realizację zadań w zakresie bezpieczeństwa narodowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentac</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U08, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie interpretować przyczyny kryzysów i potencjalnych ryzyk w obszarze bezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie oceniać ważność zagrożeń w zakresie bezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie samodzielnie pozyskiwać wiedzę z zakresu bezpieczeństwa, która służy do samorozwoju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi doskonalić realizację zadań w zakresie bezpieczeństwa narodowego</w:t>
+        <w:t xml:space="preserve">Ma świadomość znaczenia podejmowania decyzji w sytuacjach kryzysowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentac</w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U10</w:t>
+        <w:t xml:space="preserve">K_K09, K_K10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie interpretować przyczyny kryzysów i potencjalnych ryzyk w obszarze bezpieczeństwa.</w:t>
+        <w:t xml:space="preserve">Wykazuje gotowość do samodzielnego podejmowania decyzji na rzecz utrzymania bezpieczeństwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacj</w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_K08, K_K09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie oceniać ważność zagrożeń w zakresie bezpieczeństwa.</w:t>
+        <w:t xml:space="preserve">Ma gotowość do rozwiązywania konfliktów i kryzysów dotyczących bezpieczeństwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje</w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10</w:t>
-[...148 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K_K09, K_K10</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_K10, K_K09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>