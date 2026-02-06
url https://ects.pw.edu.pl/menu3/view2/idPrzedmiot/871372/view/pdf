--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -843,67 +843,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W12, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę co do podmiotów i instytucji działających w zakresie bezpieczeństwa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1053,67 +1053,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W02, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W12, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę co do działań podejmowanych przez UE na rzecz wspierania bezpieczeństwa w poszczególnych krajach człon</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1289,51 +1289,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować zjawiska zachodzące w strukturach administracji publicznej w dziedzinie bezpieczeństwa narodowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1499,51 +1499,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie oceniać ważność zagrożeń w zakresie bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1639,51 +1639,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>