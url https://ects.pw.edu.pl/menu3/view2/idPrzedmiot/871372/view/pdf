--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -773,67 +773,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedze na temat aktów prawnych regulujących kompetencje organów publicznych w zakresie bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -859,51 +859,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W12, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę co do podmiotów i instytucji działających w zakresie bezpieczeństwa. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1069,51 +1069,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W11, K_W12, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.2, I.P6S_WG, II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WG, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę co do działań podejmowanych przez UE na rzecz wspierania bezpieczeństwa w poszczególnych krajach człon</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1273,417 +1273,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U10, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi analizować zjawiska zachodzące w strukturach administracji publicznej w dziedzinie bezpieczeństwa narodowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować zjawiska zachodzące w strukturach administracji publicznej w dziedzinie bezpieczeństwa narodowego.</w:t>
+        <w:t xml:space="preserve">Potrafi doskonalić realizację zadań w zakresie bezpieczeństwa narodowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje).</w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentac</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U08, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie interpretować przyczyny kryzysów i potencjalnych ryzyk w obszarze bezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacj</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie oceniać ważność zagrożeń w zakresie bezpieczeństwa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi doskonalić realizację zadań w zakresie bezpieczeństwa narodowego</w:t>
+        <w:t xml:space="preserve">Umie samodzielnie pozyskiwać wiedzę z zakresu bezpieczeństwa, która służy do samorozwoju.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentac</w:t>
+        <w:t xml:space="preserve">Zaliczenie pisemne. Aktywny udział w ćwiczeniach (udział w dyskusjach, rozwiązywanie problemów, prezentacje)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U10</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>