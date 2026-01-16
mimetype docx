--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -790,67 +790,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie przez studentów w zespołach prezentacji dotyczących określonego zagadnienia. Samodzielna praca z wykorzystaniem materiałów źródłowych. Prezentowanie zdobytej wiedzy. Dyskusja w grupie, wyrażanie własnych opinii i poglądów, krytyczna analiza omówionych koncepcji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.S.P6S_WG.1, II.S.P6S_WG.2, II.S.P6S_WG.3, II.H.P6S_WG/K.o, I.P6S_WG, II.X.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -887,191 +887,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zdiagnozować pojawiające się w życiu społecznym problemy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Przygotowanie przez studentów w zespołach prezentacji dotyczących określonego zagadnienia. Samodzielna praca z wykorzystaniem materiałów źródłowych. Prezentowanie zdobytej wiedzy. Dyskusja w grupie, wyrażanie własnych opinii i poglądów, krytyczna analiza omówionych koncepcji. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zdiagnozować pojawiające się w życiu społecznym problemy. </w:t>
+        <w:t xml:space="preserve">Potrafi wyszukiwać, analizować oraz prezentować informacje dostępne zarówno w literaturze przedmiotu, jak i w źródłach internetowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie przez studentów w zespołach prezentacji dotyczących określonego zagadnienia. Samodzielna praca z wykorzystaniem materiałów źródłowych. Prezentowanie zdobytej wiedzy. Dyskusja w grupie, wyrażanie własnych opinii i poglądów, krytyczna analiza omówionych koncepcji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>