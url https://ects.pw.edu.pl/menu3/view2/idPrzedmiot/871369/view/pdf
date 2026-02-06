--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -790,67 +790,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie przez studentów w zespołach prezentacji dotyczących określonego zagadnienia. Samodzielna praca z wykorzystaniem materiałów źródłowych. Prezentowanie zdobytej wiedzy. Dyskusja w grupie, wyrażanie własnych opinii i poglądów, krytyczna analiza omówionych koncepcji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -887,51 +887,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdiagnozować pojawiające się w życiu społecznym problemy. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>