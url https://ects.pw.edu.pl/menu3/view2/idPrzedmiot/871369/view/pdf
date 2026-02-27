--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -806,51 +806,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, I.P6S_WK, II.S.P6S_WG.3, II.H.P6S_WG/K.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>