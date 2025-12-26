--- v0 (2025-11-22)
+++ v1 (2025-12-26)
@@ -739,67 +739,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opinia o pracy dyplomowej kierującego pracą i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o zasadach przygotowywania pracy dyplomowej licencjackiej, szczególnie tych wynikających z regulacji prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -809,67 +809,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opinia pracy dyplomowej kierującego pracą i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Zna zapisy ustawy z dnia 4 lutego 1994r.o prawie autorskim i prawach pokrewnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1185,51 +1185,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie przygotować i przedstawić prezentację wyników swoich poszukiwań badawczych będących przedmiotem jego pracy dyplomowej z uwzględnieniem obowiązujących sztandarów i norm prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1239,51 +1239,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Prezentacja pracy podczas egzaminu dyplomowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>