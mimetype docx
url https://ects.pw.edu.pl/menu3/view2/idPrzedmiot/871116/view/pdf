--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -739,67 +739,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opinia o pracy dyplomowej kierującego pracą i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_WG.1.o, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o zasadach przygotowywania pracy dyplomowej licencjackiej, szczególnie tych wynikających z regulacji prawnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1185,51 +1185,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie przygotować i przedstawić prezentację wyników swoich poszukiwań badawczych będących przedmiotem jego pracy dyplomowej z uwzględnieniem obowiązujących sztandarów i norm prawnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1459,51 +1459,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opinia kierującego pracą dyplomową i recenzenta. Prezentacja pracy dyplomowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>