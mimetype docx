--- v2 (2026-02-25)
+++ v3 (2026-03-19)
@@ -809,67 +809,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opinia pracy dyplomowej kierującego pracą i recenzenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WK, II.H.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.S.P6S_WK, II.H.P6S_WK, I.P6S_WG, II.S.P6S_WG.1, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Zna zapisy ustawy z dnia 4 lutego 1994r.o prawie autorskim i prawach pokrewnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1459,51 +1459,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opinia kierującego pracą dyplomową i recenzenta. Prezentacja pracy dyplomowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>