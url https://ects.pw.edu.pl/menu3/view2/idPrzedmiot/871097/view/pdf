--- v0 (2025-12-24)
+++ v1 (2026-02-27)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W04, K_W03</w:t>
+        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę o przykładach praktycznych, wyzwaniach i ramach regulacyjnych dotyczących wykorzystania technologii blockchain w administracji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -803,217 +803,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o poszczególnych bieżących przykładach wykorzystania technologii blockchain w administracji publicznej i ewolucji regulacji prawnych dotyczących technologii blockchain w administracji publicznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o poszczególnych bieżących przykładach wykorzystania technologii blockchain w administracji publicznej i ewolucji regulacji prawnych dotyczących technologii blockchain w administracji publicznej.</w:t>
+        <w:t xml:space="preserve">Podstawowa interpretacja zjawisk prawnych w zakresie dziedzin nauki i dyscyplin naukowych, właściwych dla kierunku Administracja.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>