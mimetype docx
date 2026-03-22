--- v1 (2026-02-27)
+++ v2 (2026-03-22)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę o przykładach praktycznych, wyzwaniach i ramach regulacyjnych dotyczących wykorzystania technologii blockchain w administracji publicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -873,67 +873,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praca na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>