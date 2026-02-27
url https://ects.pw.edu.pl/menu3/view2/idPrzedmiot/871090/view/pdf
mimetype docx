--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -929,67 +929,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia ustne w ramach ćwiczeń. Rozwiązywanie problemów i prezentacja uzasadnienia wyników w ramach dyskusji i omawiania problematyki ćwiczeń. Zaliczeniowe kolokwium pisemne z pytaniami z zakresu omawianej na wykładzie ćwiczeniach oraz w lekturze problematyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P6S_WG.1, II.H.P6S_WG.1.o, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, I.P6S_WK, II.T.P6S_WK</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>