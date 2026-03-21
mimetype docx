--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -945,51 +945,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WG, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WK, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1025,51 +1025,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie postrzegać problemy społeczne wynikające z funkcjonowania prawa pracy oraz prawa urzędniczego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>