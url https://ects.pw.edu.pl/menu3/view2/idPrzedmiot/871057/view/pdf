--- v0 (2025-10-11)
+++ v1 (2025-12-25)
@@ -819,87 +819,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma wiedzę o mechanizmach kontroli zgodności prawa z konstytucją, funkcjonowaniu i uprawnieniach Trybunału Konstytucyjnego, o autokontroli organów tworzących prawo (m.in. parlamentu).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o mechanizmach kontroli zgodności prawa z konstytucją, funkcjonowaniu i uprawnieniach Trybunału Konstytucyjnego, o autokontroli organów tworzących prawo (m.in. parlamentu).</w:t>
+        <w:t xml:space="preserve">Student zna podstawowe procedury legislacyjne i zasady techniki prawodawczej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -918,58 +988,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe procedury legislacyjne i zasady techniki prawodawczej.</w:t>
+        <w:t xml:space="preserve">Student zna współczesne społeczne uwarunkowania procesu tworzenia prawa, alternatywne formy jego tworzenia, organizację wsparcia eksperckiego oraz rolę lobbystów i grup interesów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -988,398 +1058,328 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna współczesne społeczne uwarunkowania procesu tworzenia prawa, alternatywne formy jego tworzenia, organizację wsparcia eksperckiego oraz rolę lobbystów i grup interesów.</w:t>
+        <w:t xml:space="preserve">Student uzyskuje wiedzę o zmianach zachodzących w ustawodawstwie pod wpływem procesów globalizacyjnych i zobowiązań międzynarodowych zaciąganych przez współczesne państwa (np. w związku z członkostwem w UE), oraz o ich oddziaływaniu na tradycyjnie pojmowany proces prawodawczy w państwie narodowym. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_6: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student uzyskuje wiedzę o zmianach zachodzących w ustawodawstwie pod wpływem procesów globalizacyjnych i zobowiązań międzynarodowych zaciąganych przez współczesne państwa (np. w związku z członkostwem w UE), oraz o ich oddziaływaniu na tradycyjnie pojmowany proces prawodawczy w państwie narodowym. </w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować poszczególne źródła prawa i określić ich miejsce w systemie źródeł prawa RP, potrafi uporządkować źródła prawa według konstytucyjnej hierarchii, ma umiejętność oceny poprawności procesu legislacyjnego oraz wskazania odpowiedniej procedury dla danej kategorii aktu, umie posłużyć się w praktyce zasadami techniki prawodawczej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować poszczególne źródła prawa i określić ich miejsce w systemie źródeł prawa RP, potrafi uporządkować źródła prawa według konstytucyjnej hierarchii, ma umiejętność oceny poprawności procesu legislacyjnego oraz wskazania odpowiedniej procedury dla danej kategorii aktu, umie posłużyć się w praktyce zasadami techniki prawodawczej. </w:t>
+        <w:t xml:space="preserve">Student potrafi skonfrontować cele i skutki aktów normatywnych z zasadami polityki prawa; posiada umiejętność analizy oceny skutków regulacji (OSR). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.X.P7S_UW.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi skonfrontować cele i skutki aktów normatywnych z zasadami polityki prawa; posiada umiejętność analizy oceny skutków regulacji (OSR). </w:t>
+        <w:t xml:space="preserve">Student potrafi wyjaśnić przyczyny niedoskonałości tworzonego w Polsce prawa, a także warunki, jakie powinny być spełnione, by tworzone prawo było należytej jakości. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>