--- v1 (2025-12-25)
+++ v2 (2026-02-27)
@@ -765,621 +765,621 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma rozszerzoną wiedzę o metodach tworzenia prawa w ujęciu teoretycznym oraz o specyfice stanowienia prawa w demokratycznym państwie prawnym; zna konstytucyjne standardy poprawniej legislacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma rozszerzoną wiedzę o metodach tworzenia prawa w ujęciu teoretycznym oraz o specyfice stanowienia prawa w demokratycznym państwie prawnym; zna konstytucyjne standardy poprawniej legislacji.</w:t>
+        <w:t xml:space="preserve">Student ma wiedzę o mechanizmach kontroli zgodności prawa z konstytucją, funkcjonowaniu i uprawnieniach Trybunału Konstytucyjnego, o autokontroli organów tworzących prawo (m.in. parlamentu).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe procedury legislacyjne i zasady techniki prawodawczej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna współczesne społeczne uwarunkowania procesu tworzenia prawa, alternatywne formy jego tworzenia, organizację wsparcia eksperckiego oraz rolę lobbystów i grup interesów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_3: </w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma wiedzę o mechanizmach kontroli zgodności prawa z konstytucją, funkcjonowaniu i uprawnieniach Trybunału Konstytucyjnego, o autokontroli organów tworzących prawo (m.in. parlamentu).</w:t>
+        <w:t xml:space="preserve">Student uzyskuje wiedzę o zmianach zachodzących w ustawodawstwie pod wpływem procesów globalizacyjnych i zobowiązań międzynarodowych zaciąganych przez współczesne państwa (np. w związku z członkostwem w UE), oraz o ich oddziaływaniu na tradycyjnie pojmowany proces prawodawczy w państwie narodowym. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_4: </w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe procedury legislacyjne i zasady techniki prawodawczej.</w:t>
+        <w:t xml:space="preserve">Student potrafi prawidłowo identyfikować poszczególne źródła prawa i określić ich miejsce w systemie źródeł prawa RP, potrafi uporządkować źródła prawa według konstytucyjnej hierarchii, ma umiejętność oceny poprawności procesu legislacyjnego oraz wskazania odpowiedniej procedury dla danej kategorii aktu, umie posłużyć się w praktyce zasadami techniki prawodawczej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna współczesne społeczne uwarunkowania procesu tworzenia prawa, alternatywne formy jego tworzenia, organizację wsparcia eksperckiego oraz rolę lobbystów i grup interesów.</w:t>
+        <w:t xml:space="preserve">Student potrafi skonfrontować cele i skutki aktów normatywnych z zasadami polityki prawa; posiada umiejętność analizy oceny skutków regulacji (OSR). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_6: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student uzyskuje wiedzę o zmianach zachodzących w ustawodawstwie pod wpływem procesów globalizacyjnych i zobowiązań międzynarodowych zaciąganych przez współczesne państwa (np. w związku z członkostwem w UE), oraz o ich oddziaływaniu na tradycyjnie pojmowany proces prawodawczy w państwie narodowym. </w:t>
+        <w:t xml:space="preserve">Student potrafi wyjaśnić przyczyny niedoskonałości tworzonego w Polsce prawa, a także warunki, jakie powinny być spełnione, by tworzone prawo było należytej jakości. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+        <w:t xml:space="preserve">Dyskusja podczas zajęć. Formułowanie stanowisk w krótkich wypowiedziach, z wykorzystaniem terminologii i pojęć poznanych podczas zajęć. Rozwiązywanie kazusów, przygotowywanie przykładowych regulacji prawnych i projektów aktów normatywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W06</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_1: </w:t>
       </w:r>
     </w:p>