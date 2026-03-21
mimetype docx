--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -765,51 +765,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma rozszerzoną wiedzę o metodach tworzenia prawa w ujęciu teoretycznym oraz o specyfice stanowienia prawa w demokratycznym państwie prawnym; zna konstytucyjne standardy poprawniej legislacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -905,261 +905,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe procedury legislacyjne i zasady techniki prawodawczej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W_4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna podstawowe procedury legislacyjne i zasady techniki prawodawczej.</w:t>
+        <w:t xml:space="preserve">Student zna współczesne społeczne uwarunkowania procesu tworzenia prawa, alternatywne formy jego tworzenia, organizację wsparcia eksperckiego oraz rolę lobbystów i grup interesów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_5: </w:t>
+        <w:t xml:space="preserve">II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna współczesne społeczne uwarunkowania procesu tworzenia prawa, alternatywne formy jego tworzenia, organizację wsparcia eksperckiego oraz rolę lobbystów i grup interesów.</w:t>
+        <w:t xml:space="preserve">Student uzyskuje wiedzę o zmianach zachodzących w ustawodawstwie pod wpływem procesów globalizacyjnych i zobowiązań międzynarodowych zaciąganych przez współczesne państwa (np. w związku z członkostwem w UE), oraz o ich oddziaływaniu na tradycyjnie pojmowany proces prawodawczy w państwie narodowym. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena indywidualnej pracy studenta podczas zajęć, w tym jego aktywności i umiejętności samodzielnego formułowania stanowisk. Rozwiązywanie kazusów. Sprawdzian pisemny z całego materiału, który był omawiany podczas zajęć.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W03</w:t>
+        <w:t xml:space="preserve">K_W05, K_W06, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, II.S.P7S_WG.3, I.P7S_WG, II.S.P7S_WG.1, II.X.P7S_WG.1.o, II.S.P7S_WG.2, II.H.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_1: </w:t>
       </w:r>
     </w:p>