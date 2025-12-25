--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -861,51 +861,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna i rozumie funkcje papierów wartościowych rynku pieniężnego i kapitałowego z punktu widzenia potrzeb emitenta i inwestora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1071,51 +1071,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W11 FIB, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.H.P7S_WG.2, I.P7S_WG, II.S.P7S_WG.3, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2, II.X.P7S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.3, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1276,67 +1276,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie problemów na zajęciach, prezentacja prac domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U10, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, I.P7S_UW, II.X.P7S_UW.2, II.H.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie skutecznie znaleźć informacje dotyczące rozwiązań organizacyjno-prawnych stosowanych na rynkach papierów wartościowych, jak też posługiwać się nimi do rozwiązywania problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>