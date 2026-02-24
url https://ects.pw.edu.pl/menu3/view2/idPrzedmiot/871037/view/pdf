--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -861,51 +861,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03, K_W12 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.X.P7S_WG.1.o, II.H.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna i rozumie funkcje papierów wartościowych rynku pieniężnego i kapitałowego z punktu widzenia potrzeb emitenta i inwestora.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1055,67 +1055,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Udział w dyskusji na zajęciach, wykonywanie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W11 FIB, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W04, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.X.P7S_WG.1.o, II.S.P7S_WG.1, II.H.P7S_WG.2, II.S.P7S_WG.3, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3, I.P7S_WK, II.T.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1292,51 +1292,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UO, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UO, II.X.P7S_UW.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie skutecznie znaleźć informacje dotyczące rozwiązań organizacyjno-prawnych stosowanych na rynkach papierów wartościowych, jak też posługiwać się nimi do rozwiązywania problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>