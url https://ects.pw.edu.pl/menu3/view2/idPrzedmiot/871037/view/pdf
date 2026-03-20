--- v2 (2026-02-24)
+++ v3 (2026-03-20)
@@ -915,67 +915,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test zaliczeniowy, prace domowe, udział w dyskusji na zajęciach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">II.S.P7S_WG.1, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna główne modele wyceny akcji i obligacji, a także zna i rozumie istotę instrumentów pochodnych - futures, opcji i swapów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1071,51 +1071,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W04, K_W11 FIB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.1, II.S.P7S_WG.2, I.P7S_WG, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3, I.P7S_WK, II.T.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.X.P7S_WG.1.o, II.H.P7S_WG.2, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -1136,67 +1136,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektów kształcenia odbywa się w formie kolokwium, sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UK, II.S.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie dokonać wyceny papieru wartościowego na podstawie poznanych formuł, obliczać miary ryzyka związanego z obligacjami o stałym oprocentowaniu a także odróżnia instrumenty pochodne i poprawnie je definiuje, potrafi wskazać ich zastosowanie oraz  skonstruować niektóre z nich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1292,51 +1292,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U06, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, I.P7S_UO, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UK, II.X.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie skutecznie znaleźć informacje dotyczące rozwiązań organizacyjno-prawnych stosowanych na rynkach papierów wartościowych, jak też posługiwać się nimi do rozwiązywania problemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1426,51 +1426,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja efektów kształcenia odbywa się w formie sprawdzenia prawidłowego wykonania ćwiczeń praktycznych oraz oceny aktywności studenta.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K04, K_K08 FIB</w:t>
+        <w:t xml:space="preserve">K_K08 FIB, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>