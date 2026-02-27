--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia w formie testu (kilkanaście pytań zamkniętych), albo sprawdzianu (2-3 pytania otwarte). Wymagane jest udzielenie odpowiedzi na poziomie co najmniej 51%.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna trendy rozwojowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1030,51 +1030,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia w formie testu (kilkanaście pytań zamkniętych), albo sprawdzianu (2-3 pytania otwarte). Wymagane jest udzielenie odpowiedzi na poziomie co najmniej 51%.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U18, Tr2A_U01</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>