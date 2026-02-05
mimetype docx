--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - egz. – część pisemna i ustna ćw. labor. 1 – 4, kolokwium, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U09</w:t>
+        <w:t xml:space="preserve">Tr2A_U09, Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przeprowadzać pomiary dotyczące diagnozowania samochodów, interpretować uzyskane wyniki i wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>