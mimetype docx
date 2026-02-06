--- v0 (2025-12-26)
+++ v1 (2026-02-06)
@@ -1101,67 +1101,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe – obrona ćwiczenia projektowego pod koniec semestru. Konieczne jest poprawne wykonanie wszystkich wyszczególnionych elementów zadania projektowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczać koszty eksploatacyjne i koszty operacyjne w elementach systemów logistycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>