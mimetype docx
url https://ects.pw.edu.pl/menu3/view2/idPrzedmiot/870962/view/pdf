--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -1101,137 +1101,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe – obrona ćwiczenia projektowego pod koniec semestru. Konieczne jest poprawne wykonanie wszystkich wyszczególnionych elementów zadania projektowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U01</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02	: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi obliczać koszty eksploatacyjne i koszty operacyjne w elementach systemów logistycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ćwiczenia projektowe – obrona ćwiczenia projektowego pod koniec semestru. Konieczne jest poprawne wykonanie wszystkich wyszczególnionych elementów zadania projektowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_U17, Tr2A_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczać wskaźniki kosztowe stanowiące mierniki ocen systemów logistycznych i ich elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>