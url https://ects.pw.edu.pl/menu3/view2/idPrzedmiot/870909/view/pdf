--- v0 (2025-12-25)
+++ v1 (2026-02-28)
@@ -747,51 +747,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej planu kablowego i planu izolacji. Ocena podsumowująca: ustna obrona projektu w części dotyczącej planu kablowego i planu izolacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08, Tr2A_W05</w:t>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1107,67 +1107,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej sporządzania rozszycia kablowego listew zaciskowych, garnków i szaf kablowych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej sporządzania rozszycia kablowego listew zaciskowych, garnków i szaf kablowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U16, Tr2A_U18, Tr2A_U20</w:t>
+        <w:t xml:space="preserve">Tr2A_U16, Tr2A_U18, Tr2A_U20, Tr2A_U01, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać typy przekaźników i rozmieścić je na stojaku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>