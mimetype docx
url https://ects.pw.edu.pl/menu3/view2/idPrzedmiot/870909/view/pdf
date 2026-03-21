--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -747,427 +747,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej planu kablowego i planu izolacji. Ocena podsumowująca: ustna obrona projektu w części dotyczącej planu kablowego i planu izolacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W05, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną  o zasadach sporządzania rozszycia kablowego listew zaciskowych, garnków i szaf kablowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej sporządzania rozszycia kablowego listew zaciskowych, garnków i szaf kablowych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej sporządzania rozszycia kablowego listew zaciskowych, garnków i szaf kablowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę teoretyczną  o zasadach sporządzania rozszycia kablowego listew zaciskowych, garnków i szaf kablowych.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę teoretyczną o zasadach obliczania zapotrzebowania na energię elektryczną do zasilania urządzeń srk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej obliczania zapotrzebowania na energię elektryczną do zasilania urządzeń srk. Ocena podsumowująca: ustna obrona projektu w części dotyczącej obliczania zapotrzebowania na energię elektryczną do zasilania urządzeń srk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna typowe rodzaje przekaźników stosowanych w technice srk, ich wymiary, liczby zestyków i sposoby ich mocowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej wykazu zajętości zestyków i rozmieszczenia elementów na stojakach. Ocena podsumowująca: ustna obrona projektu w części dotyczącej wykazu zajętości zestyków i rozmieszczenia elementów na stojakach.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wykreślić plan izolacji i plan kablowy dla stacji o zadanej charakterystyce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej planu kablowego i planu izolacji. Ocena podsumowująca: ustna obrona projektu w części dotyczącej planu kablowego i planu izolacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U16, Tr2A_U18, Tr2A_U20, Tr2A_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykreślić wybrane rozszycia kabli stosowanych w obwodach sterowania ruchem kolejowym dla stacji i blokad liniowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej sporządzania rozszycia kablowego listew zaciskowych, garnków i szaf kablowych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej sporządzania rozszycia kablowego listew zaciskowych, garnków i szaf kablowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W05, Tr2A_W06, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U16, Tr2A_U18, Tr2A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać typy przekaźników i rozmieścić je na stojaku.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>