--- v0 (2025-12-24)
+++ v1 (2026-03-20)
@@ -1170,67 +1170,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe – obrona ćwiczenia projektowego pod koniec semestru. Konieczne jest poprawne wykonanie wszystkich wyszczególnionych elementów zadania projektowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U17</w:t>
+        <w:t xml:space="preserve">Tr2A_U17, Tr2A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obliczać wskaźniki kosztowe stanowiące mierniki ocen systemów logistycznych i ich elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>