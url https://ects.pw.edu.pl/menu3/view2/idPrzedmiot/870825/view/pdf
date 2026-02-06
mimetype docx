--- v0 (2025-12-26)
+++ v1 (2026-02-06)
@@ -1131,51 +1131,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować ulepszenia (usprawnienia) istniejących rozwiązań technicznych dotyczących transportu lub wybranej specjalności, w tym potrafi zaproponować ulepszenia istniejących rozwiązań projektowych elementów systemów ITS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>