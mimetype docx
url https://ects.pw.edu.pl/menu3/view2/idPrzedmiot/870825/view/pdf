--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -1131,51 +1131,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować ulepszenia (usprawnienia) istniejących rozwiązań technicznych dotyczących transportu lub wybranej specjalności, w tym potrafi zaproponować ulepszenia istniejących rozwiązań projektowych elementów systemów ITS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1201,51 +1201,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi - zgodnie z zadaną specyfikacją, uwzględniającą aspekty pozatechniczne - zaprojektować złożone urządzenie, obiekt, system, usługę lub proces dla potrzeb inteligentnego transportu oraz zrealizować ten projekt – co najmniej w części - używając właściwych metod, technik i narzędzi, w tym przystosowując do tego celu istniejące lub opracowując nowe narzędzia. Potrafi przeprowadzić analizę bezpieczeństwa i  niezawodności zaprojektowanych układów,  urządzeń i systemów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>