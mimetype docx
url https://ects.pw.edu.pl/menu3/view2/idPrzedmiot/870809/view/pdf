--- v0 (2025-12-25)
+++ v1 (2026-03-21)
@@ -1100,51 +1100,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - zal. – część pisemna i ustna; ćw. labor. 1 – 4, kolokwium, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1336,51 +1336,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność i możliwość wykorzystania nowych osiągnięć techniki w zakresie diagnozowania pojazdów i stosowanych urządzeń pomiarowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>