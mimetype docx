--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -964,67 +964,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z przygotowanej prezentacji oraz sposobu jej wygłoszenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U02</w:t>
+        <w:t xml:space="preserve">Tr2A_U02, Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi określić kierunki dalszego uczenia się i zrealizować proces samokształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>