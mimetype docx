--- v1 (2026-02-06)
+++ v2 (2026-03-24)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawowe metody, techniki, narzędzia i materiały stosowane w procesie naprawy pojazdów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -964,67 +964,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z przygotowanej prezentacji oraz sposobu jej wygłoszenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U02, Tr2A_U01</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi określić kierunki dalszego uczenia się i zrealizować proces samokształcenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>