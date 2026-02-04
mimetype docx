--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -1091,67 +1091,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>