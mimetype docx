--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -741,417 +741,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">posiada wiedzę teoretyczną umożliwiającą określanie grup natężenia pracy dźwignic i ich mechanizmów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład –  2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę teoretyczną umożliwiającą określanie grup natężenia pracy dźwignic i ich mechanizmów</w:t>
+        <w:t xml:space="preserve">posiada wiedzę dotyczącą zagadnień bezpieczeństwa dźwignic i zawiesi z nimi współpracujących z punktu widzenia udźwigu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład –  2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
+        <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę dotyczącą zagadnień bezpieczeństwa dźwignic i zawiesi z nimi współpracujących z punktu widzenia udźwigu</w:t>
+        <w:t xml:space="preserve">							posiada wiedzę dotyczącą zagadnień bezpieczeństwa dźwignic z punktu widzenia ich stateczności, w tym  obciążenia wiatrem							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">wykład –  2 zaliczenia w formie pisemnej (pytania celowane) cwiczenia –  2 zaliczenia ćwiczeń rachunkowych w formie dyskusji i pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							posiada wiedzę dotyczącą zagadnień bezpieczeństwa wózków jezdniowych z punktu widzenia ich stateczności w różnych warunkach ruchu i pracy							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład –  2 zaliczenia w formie pisemnej (pytania celowane) cwiczenia –  2 zaliczenia ćwiczeń rachunkowych w formie dyskusji i pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe przepisy dozoru technicznego, istotne przy montażu i w eksplatacji dźwignic oraz dla innych urzadzeń transportu wewnętrznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">wykład – 2 zaliczenia w formie pisemnej (pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>