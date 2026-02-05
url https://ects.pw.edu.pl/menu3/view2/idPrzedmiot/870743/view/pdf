--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny 2, około 10 pytań testowych jednokrotnego wyboru, w tym około 3 pytania problemowe, wymagane jest udzielenie poprawnej odpowiedzi na przynajmniej 55% z zadanych pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1109,67 +1109,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona pracy projektowej, weryfikacja poprawności obliczeń kosztów przewozu i przyjętych założeń oraz formułowanych przez studenta wniosków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U17, Tr2A_U22, Tr2A_U15</w:t>
+        <w:t xml:space="preserve">Tr2A_U15, Tr2A_U17, Tr2A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>