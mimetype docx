--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -819,207 +819,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny 2, około 10 pytań testowych jednokrotnego wyboru, w tym około 3 pytania problemowe, wymagane jest udzielenie poprawnej odpowiedzi na przynajmniej 55% z zadanych pytań; Obrona pracy projektowej, student potrafi uzasadnić zaprojektowany harmonogram pracy kierowców</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
+        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada rozszerzoną i pogłębioną wiedzę o technologiach przewozowych w transporcie samochodowym i metodach ich projektowania oraz o czynnikach determinujących wydajność w transporcie samochodowym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny 2, około 10 pytań testowych jednokrotnego wyboru, wymagane jest udzielenie poprawnej odpowiedzi na przynajmniej 55% z zadanych pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada rozszerzoną i pogłębioną wiedzę o kosztach w transporcie oraz o wskaźnikach finansowych oceny wariantów technologii przewozu drogowego, a także o regulacjach prawnych dotyczących podatku od towarów i usług dotyczących przedsiębiorstw transportu drogowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny 2, około 10 pytań testowych jednokrotnego wyboru, w tym około 3 pytania problemowe, wymagane jest udzielenie poprawnej odpowiedzi na przynajmniej 55% z zadanych pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>