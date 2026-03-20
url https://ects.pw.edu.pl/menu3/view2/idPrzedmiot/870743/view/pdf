--- v2 (2026-02-28)
+++ v3 (2026-03-20)
@@ -819,67 +819,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny 2, około 10 pytań testowych jednokrotnego wyboru, w tym około 3 pytania problemowe, wymagane jest udzielenie poprawnej odpowiedzi na przynajmniej 55% z zadanych pytań; Obrona pracy projektowej, student potrafi uzasadnić zaprojektowany harmonogram pracy kierowców</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada rozszerzoną i pogłębioną wiedzę o technologiach przewozowych w transporcie samochodowym i metodach ich projektowania oraz o czynnikach determinujących wydajność w transporcie samochodowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1039,67 +1039,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona pracy projektowej, weryfikacja poprawności opracowanych harmonogramów pracy kierowców</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U15, Tr2A_U17</w:t>
+        <w:t xml:space="preserve">Tr2A_U17, Tr2A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczać koszty pracy oraz koszty eksploatacyjne i koszty stałe występujące podczas realizacji zadań przewozowych w transporcie międzynarodowym wg ustalonych technologii oraz proponować usprawnienia tych procesów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>