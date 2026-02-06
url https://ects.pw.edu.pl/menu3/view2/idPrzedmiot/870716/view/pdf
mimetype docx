--- v0 (2025-12-26)
+++ v1 (2026-02-06)
@@ -1303,67 +1303,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U18</w:t>
+        <w:t xml:space="preserve">Tr2A_U18, Tr2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować ulepszenia (usprawnienia) istniejących rozwiązań technicznych dotyczących rozwiązań rozpatrywanych w realizowanej pracy dyplomowej magisterskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1599,51 +1599,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>