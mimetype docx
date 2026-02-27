--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna metody, techniki, narzędzia i materiały oraz wymagania właściwe do rozwiązania wyznaczonego zadania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1303,67 +1303,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja zawartości merytorycznej pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U18, Tr2A_U14</w:t>
+        <w:t xml:space="preserve">Tr2A_U14, Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaproponować ulepszenia (usprawnienia) istniejących rozwiązań technicznych dotyczących rozwiązań rozpatrywanych w realizowanej pracy dyplomowej magisterskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1529,51 +1529,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zgodnie z uwzględniającą aspekty pozatechniczne specyfikacją rozpatrywanego w pracy dyplomowej zadania inżynierskiego zaprojektować złożone urządzenie, obiekt, system, usługę lub proces, używając przy tym właściwych metod, technik i narzędzi, w tym przystosowując do tego celu istniejące lub opracowując nowe narzędzia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>