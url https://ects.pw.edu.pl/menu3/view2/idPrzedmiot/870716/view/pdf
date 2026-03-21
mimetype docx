--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -1529,51 +1529,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zgodnie z uwzględniającą aspekty pozatechniczne specyfikacją rozpatrywanego w pracy dyplomowej zadania inżynierskiego zaprojektować złożone urządzenie, obiekt, system, usługę lub proces, używając przy tym właściwych metod, technik i narzędzi, w tym przystosowując do tego celu istniejące lub opracowując nowe narzędzia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>