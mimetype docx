--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -836,51 +836,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W01, K_W03, K_W05</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W14, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W05, K_W01</w:t>
+        <w:t xml:space="preserve">K_W05, K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ugruntowaną wiedzę na temat wybranych zastosowań cyfrowej techniki fonicznej: cyfrowych zwrotnic głośnikowych, konwerterów szybkości próbkowania, procesorów cyfrowych efektów dźwiękowych, urządzeń i nośników do zapisu i odtwarzania sygnałów fonicznych: gramofonów i magnetofonów analogowych, magnetofonów cyfrowych i rejestratorów twardodyskowych, nagrywarek i odtwarzaczy CD-R/RW, DVD±R/RW, MD, kart flash, taśm filmowych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>