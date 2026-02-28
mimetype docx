--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ugruntowaną wiedzę na temat wybranych zastosowań cyfrowej techniki fonicznej: cyfrowych zwrotnic głośnikowych, konwerterów szybkości próbkowania, procesorów cyfrowych efektów dźwiękowych, urządzeń i nośników do zapisu i odtwarzania sygnałów fonicznych: gramofonów i magnetofonów analogowych, magnetofonów cyfrowych i rejestratorów twardodyskowych, nagrywarek i odtwarzaczy CD-R/RW, DVD±R/RW, MD, kart flash, taśm filmowych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -978,67 +978,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Posiada ugruntowaną wiedzę temat studiów nagrań dźwiękowych, technik mikrofonowych, wyposażenia sprzętowego reżyserni, wielokanałowych analogowych i cyfrowych systemów odsłuchowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>