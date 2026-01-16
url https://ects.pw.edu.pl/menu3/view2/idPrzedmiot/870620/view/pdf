--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -1119,51 +1119,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stworzyć protokoły akwizycyjne badań radioizotopowych i wykonać akwizycję danych dla trybu statycznego, dynamicznego i bramkowanego sygnałem EKG oraz przeprowadzić uproszczoną analizę tych badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1189,51 +1189,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pełną analizę wskazanych diagnostycznych badań radioizotopowych jak: 1. badanie dynamiczne nerek, 2. czynnosciowe badanie serca bramkowane sygnałem EKG, 3. badanie tomograficzne SPECT perfuzji mięsnia sercowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>