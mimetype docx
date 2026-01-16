--- v1 (2026-01-16)
+++ v2 (2026-01-16)
@@ -1189,51 +1189,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U11, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić pełną analizę wskazanych diagnostycznych badań radioizotopowych jak: 1. badanie dynamiczne nerek, 2. czynnosciowe badanie serca bramkowane sygnałem EKG, 3. badanie tomograficzne SPECT perfuzji mięsnia sercowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>