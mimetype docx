--- v1 (2026-01-15)
+++ v2 (2026-02-08)
@@ -850,51 +850,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wyników Spr2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -930,67 +930,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wyników Spr1, Pro1 i Pro2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczył przedmiot, potrafi metodami analitycznymi dokonać oceny dokładności i złożoności oraz przy użyciu oprogramowowania MATLAB zaimplementować i zbadać właściwości numeryczne podstawowych algorytmów przeznaczonych do aproksymacji i interpolacji funkcji jednej zmiennej oraz (numerycznego) całkowania i różniczkowanie funkcji jednej zmiennej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>