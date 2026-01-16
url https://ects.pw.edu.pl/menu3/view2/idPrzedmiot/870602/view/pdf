--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W18</w:t>
+        <w:t xml:space="preserve">K_W18, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat sposobów oceny systemów biometrycznych na trzech poziomach oceny wg ISO (ocena technologiczna, w scenariuszu oraz w warunkach operacyjnych) przy uwzględnieniu podstawowych metod oceny statystycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>