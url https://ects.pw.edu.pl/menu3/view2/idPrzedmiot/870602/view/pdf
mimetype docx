--- v1 (2026-01-16)
+++ v2 (2026-02-08)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, sprawodzanie z ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W08, K_W14</w:t>
+        <w:t xml:space="preserve">K_W08, K_W14, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat sposobów oceny systemów biometrycznych na trzech poziomach oceny wg ISO (ocena technologiczna, w scenariuszu oraz w warunkach operacyjnych) przy uwzględnieniu podstawowych metod oceny statystycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1331,67 +1331,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z ćwiczenia laboratoryjnego pt. Żywotność odcisku palca</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać imitacje tęczówki w celu oceny podatności przykładowych systemów komercyjnych a następnie dobrać parametry przykładowych metod testowania żywotności oka w celu oceny możliwości ochrony przed tego typu fałszerstwami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>