--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -905,51 +905,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U14, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U12, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>