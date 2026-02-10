--- v0 (2026-01-15)
+++ v1 (2026-02-10)
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ELE1_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W oparciu o strukturę wzmacniacza operacyjnego potrafi zaprojektować prosty wzmacniacz o zadanych parametrach (np. wzmocnienie, pasmo przenoszenia, slew rate)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>