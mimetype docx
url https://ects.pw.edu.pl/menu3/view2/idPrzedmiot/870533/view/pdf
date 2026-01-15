--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W08, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W11, K_W12, K_W06, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W01, K_W05, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W01, K_W05, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1181,51 +1181,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W13, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W12, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1401,121 +1401,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21, K_U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi stosować odpowiednie narzędzia CAD wspomagające projektowanie zasilaczy impulsowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>