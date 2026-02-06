--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W05, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W01, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11, K_W12, K_W06, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W08, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1111,51 +1111,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W11, K_W12, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W09, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1401,51 +1401,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1471,51 +1471,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21</w:t>
+        <w:t xml:space="preserve">K_U13, K_U15, K_U16, K_U18, K_U21, K_U01, K_U02, K_U03, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>