--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W01, K_W05</w:t>
+        <w:t xml:space="preserve">K_W01, K_W05, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -901,51 +901,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W11, K_W12, K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1111,51 +1111,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W09, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W09, K_W11, K_W12, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1261,51 +1261,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15, K_U16, K_U17, K_U21</w:t>
+        <w:t xml:space="preserve">K_U17, K_U21, K_U13, K_U15, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1471,51 +1471,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15, K_U16, K_U18, K_U21, K_U01, K_U02, K_U03, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U21, K_U01, K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>