--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -733,85 +733,505 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczać i projektować punkt pracy podstawowych układów polaryzacji tranzystora bipolarnego. Potrafi obliczać parametry małosygnałowe układu z tranzystorem i zaprojektować układ, aby spełniał założenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozpoznać błędne układy ustalania punktu pracy, potrafi określić granice stosowalności małego sygnału, określić zależność górnej częstotliwości granicznej układu od częstotl. fT.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi obliczyć i zaprojektować wtórnik emiterowy, potrafi w określonych sytuacjach wybrać typ przewodnictwa tranzystora pasujący do zadania, potrafi policzyć parametry robocze wtórnika.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwuim, projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi w pewnym zakresie rozpoznać sytuacje, gdy należy zastosować tranzystor typu J-FET. Potrafi zaprojektować wtórnik z tym tranzystorem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi określić właściwości układu (wzmacniacza) różnicowego, potrafi zaprojektować w typowych sytuacjach wzmacniacz spełniający zadane kryteria. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi podać wybrane modyfikacje i rozszerzenia układu (wzmacniacza) różnicowego, podać przykłady sytuacji, gdy modyfikacje są uzasadnione.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi podać podstawowe właściwości wzmacniacza operacyjnego (WO), podstawowe zastosowania, znaczenie Slew Rate'u; potrafi zaprojektować układ z WO zasilany pojedycznym napięciem. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1188,470 +1608,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">K_W08, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>