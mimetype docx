--- v1 (2026-01-15)
+++ v2 (2026-02-08)
@@ -767,51 +767,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+        <w:t xml:space="preserve">K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>