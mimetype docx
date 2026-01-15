--- v0 (2025-12-25)
+++ v1 (2026-01-15)
@@ -930,575 +930,575 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować układ (wzmacniacz) różnicowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować układowe źródła prądowe; umie dobrać rozwiązanie w zależności od stawianych wymagań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sformułować podstawowe problemy związane z budową wzmacniaczy mocy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - dyskusja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować stabilizatory napięcia o pracy ciągłej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować i stosować w układach przesuwniki poziomu. Potrafi dobrać układ/obwód do konwersji poziomów logicznych różnych rodzin bramek cyfrowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - dyskusja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zastosować i zaprojektować klucze nasycony (z BJT), klucz MOS, klucz prądowy; potrafi dobrać rozwiązanie w zależności od potrzeb. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeanalizować i zaprojektować proste przetwornice indukcyjne i bezindukcyjne (wybrane struktury)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi analizować i projektować podstawowe konfiguracje tranzystorowe (konfiguracje elementarne WE, WB, WK)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07, K_W12</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>