--- v1 (2026-01-15)
+++ v2 (2026-02-06)
@@ -930,50 +930,330 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować i stosować w układach przesuwniki poziomu. Potrafi dobrać układ/obwód do konwersji poziomów logicznych różnych rodzin bramek cyfrowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - dyskusja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zastosować i zaprojektować klucze nasycony (z BJT), klucz MOS, klucz prądowy; potrafi dobrać rozwiązanie w zależności od potrzeb. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeanalizować i zaprojektować proste przetwornice indukcyjne i bezindukcyjne (wybrane struktury)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować i projektować podstawowe konfiguracje tranzystorowe (konfiguracje elementarne WE, WB, WK)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować układ (wzmacniacz) różnicowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1175,330 +1455,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W12</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>