--- v2 (2026-02-06)
+++ v3 (2026-02-28)
@@ -930,50 +930,120 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować stabilizatory napięcia o pracy ciągłej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi analizować i stosować w układach przesuwniki poziomu. Potrafi dobrać układ/obwód do konwersji poziomów logicznych różnych rodzin bramek cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1369,120 +1439,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi sformułować podstawowe problemy związane z budową wzmacniaczy mocy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - dyskusja</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>