--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -889,51 +889,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, raporty z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W13, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W06, K_W07, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>