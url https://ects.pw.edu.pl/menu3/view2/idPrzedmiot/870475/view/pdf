--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -820,87 +820,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych metod projektowania filtrów SOI i NOI.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CYPS_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych metod projektowania filtrów SOI i NOI.</w:t>
+        <w:t xml:space="preserve">Podstawowa wiedza w zakresie przetwarzania sygnałów ze zmienną częstotliwością próbkowania oraz w zakresie dekompozycji polifazowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -919,58 +989,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CYPS_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Podstawowa wiedza w zakresie przetwarzania sygnałów ze zmienną częstotliwością próbkowania oraz w zakresie dekompozycji polifazowej</w:t>
+        <w:t xml:space="preserve">Znajomość podstawowych metod czasowo-częstotliwościowej analizy sygnałów niestacjonarnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -981,146 +1051,146 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka CYPS_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych metod czasowo-częstotliwościowej analizy sygnałów niestacjonarnych.</w:t>
+        <w:t xml:space="preserve">Potrafi analizować proste struktury filtrów pod kątem ich odporności na szumy kwantyzacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U02, K_U11, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka CYPS_U_06: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować proste struktury filtrów pod kątem ich odporności na szumy kwantyzacji </w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się różnymi sposobami opisu sygnałów i układów dyskretnych, a na tej podstawie rozstrzygać o podstawowych cechach układów takich jak liniowość , stacjonarność, przyczynowość, stabilność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1139,58 +1209,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_U01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się różnymi sposobami opisu sygnałów i układów dyskretnych, a na tej podstawie rozstrzygać o podstawowych cechach układów takich jak liniowość , stacjonarność, przyczynowość, stabilność.</w:t>
+        <w:t xml:space="preserve">Dla prostych sygnałów potrafi wyznaczyć estymator widmowej gęstości mocy oraz autokorelacji. Umie opisać i analizować transmisję sygnału losowego przez dyskretny układ liniowy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1209,58 +1279,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dla prostych sygnałów potrafi wyznaczyć estymator widmowej gęstości mocy oraz autokorelacji. Umie opisać i analizować transmisję sygnału losowego przez dyskretny układ liniowy </w:t>
+        <w:t xml:space="preserve">Potrafi analizować wpływ położenia zer i biegunów transmitancji na przebieg charakterystyk częstotliwościowych układu i inne właściwości układu takie jak minimalnofazowość i wszechprzepustowść. Potrafi wyznaczyć charakterystyki częstotliwościowe dla prostych układów dyskretnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1279,162 +1349,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować wpływ położenia zer i biegunów transmitancji na przebieg charakterystyk częstotliwościowych układu i inne właściwości układu takie jak minimalnofazowość i wszechprzepustowść. Potrafi wyznaczyć charakterystyki częstotliwościowe dla prostych układów dyskretnych </w:t>
+        <w:t xml:space="preserve">Potrafi krytycznie analizować wpływ metod projektowania na podstawowe parametry użytkowe otrzymywanych filtrów cyfrowych. Umie posługiwać się transformacjami pomiędzy filtrami dolnoprzepustowymi a innymi typami filtrów oraz pomiędzy filtrami analogowymi a cyfrowymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U11, K_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U11, K_U15, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>