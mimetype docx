--- v1 (2026-01-16)
+++ v2 (2026-02-07)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1460,51 +1460,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">CYPS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U11, K_U15</w:t>
+        <w:t xml:space="preserve">K_U11, K_U15, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>