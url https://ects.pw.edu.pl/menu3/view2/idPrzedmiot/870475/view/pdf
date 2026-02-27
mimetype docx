--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -960,167 +960,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych metod czasowo-częstotliwościowej analizy sygnałów niestacjonarnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka CYPS_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych metod czasowo-częstotliwościowej analizy sygnałów niestacjonarnych.</w:t>
+        <w:t xml:space="preserve">Potrafi analizować proste struktury filtrów pod kątem ich odporności na szumy kwantyzacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U02, K_U11, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka CYPS_U_06: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować proste struktury filtrów pod kątem ich odporności na szumy kwantyzacji </w:t>
+        <w:t xml:space="preserve">Potrafi posługiwać się różnymi sposobami opisu sygnałów i układów dyskretnych, a na tej podstawie rozstrzygać o podstawowych cechach układów takich jak liniowość , stacjonarność, przyczynowość, stabilność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1139,58 +1209,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_U01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi posługiwać się różnymi sposobami opisu sygnałów i układów dyskretnych, a na tej podstawie rozstrzygać o podstawowych cechach układów takich jak liniowość , stacjonarność, przyczynowość, stabilność.</w:t>
+        <w:t xml:space="preserve">Dla prostych sygnałów potrafi wyznaczyć estymator widmowej gęstości mocy oraz autokorelacji. Umie opisać i analizować transmisję sygnału losowego przez dyskretny układ liniowy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1209,58 +1279,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Dla prostych sygnałów potrafi wyznaczyć estymator widmowej gęstości mocy oraz autokorelacji. Umie opisać i analizować transmisję sygnału losowego przez dyskretny układ liniowy </w:t>
+        <w:t xml:space="preserve">Potrafi analizować wpływ położenia zer i biegunów transmitancji na przebieg charakterystyk częstotliwościowych układu i inne właściwości układu takie jak minimalnofazowość i wszechprzepustowść. Potrafi wyznaczyć charakterystyki częstotliwościowe dla prostych układów dyskretnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1279,58 +1349,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi analizować wpływ położenia zer i biegunów transmitancji na przebieg charakterystyk częstotliwościowych układu i inne właściwości układu takie jak minimalnofazowość i wszechprzepustowść. Potrafi wyznaczyć charakterystyki częstotliwościowe dla prostych układów dyskretnych </w:t>
+        <w:t xml:space="preserve">Potrafi krytycznie analizować wpływ metod projektowania na podstawowe parametry użytkowe otrzymywanych filtrów cyfrowych. Umie posługiwać się transformacjami pomiędzy filtrami dolnoprzepustowymi a innymi typami filtrów oraz pomiędzy filtrami analogowymi a cyfrowymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1349,162 +1419,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka CYPS_U05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka egzamin, kolokwium: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi krytycznie analizować wpływ metod projektowania na podstawowe parametry użytkowe otrzymywanych filtrów cyfrowych. Umie posługiwać się transformacjami pomiędzy filtrami dolnoprzepustowymi a innymi typami filtrów oraz pomiędzy filtrami analogowymi a cyfrowymi</w:t>
+        <w:t xml:space="preserve">Dla prostych sygnałów dyskretnych potrafi wyznaczyć ich widmo oraz dyskretna transformate Fouriera</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin, kolokwium</w:t>
+        <w:t xml:space="preserve">CYPS_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U11, K_U15</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U11, K_U15, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>