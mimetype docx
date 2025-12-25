--- v0 (2025-10-15)
+++ v1 (2025-12-25)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -926,121 +926,121 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod analizy ruchu i estymacja ruchu, przepływ optycznego, metod0 dopasowania wzorców, śledzenia ruchu, analiza modeli ruchu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie metod opisu kształtu obiektów 2D; deskryptorów geometrycznych, Fouriera, kodów łańcuchowych i podstaw algorytmów klasyfikacji obiektów</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod analizy ruchu i estymacja ruchu, przepływ optycznego, metod0 dopasowania wzorców, śledzenia ruchu, analiza modeli ruchu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>