--- v1 (2025-12-25)
+++ v2 (2026-01-16)
@@ -926,121 +926,121 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod opisu kształtu obiektów 2D; deskryptorów geometrycznych, Fouriera, kodów łańcuchowych i podstaw algorytmów klasyfikacji obiektów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie metod analizy ruchu i estymacja ruchu, przepływ optycznego, metod0 dopasowania wzorców, śledzenia ruchu, analiza modeli ruchu</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod opisu kształtu obiektów 2D; deskryptorów geometrycznych, Fouriera, kodów łańcuchowych i podstaw algorytmów klasyfikacji obiektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>