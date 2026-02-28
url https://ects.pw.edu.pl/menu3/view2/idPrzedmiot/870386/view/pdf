--- v2 (2026-01-16)
+++ v3 (2026-02-28)
@@ -786,155 +786,155 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod i algorytmów wykrywania krawędzi i segmentacji krawędziowej; segmentacji obszarowej, analizy i segmentacji tekstur</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie dwuwymiarowej filtracji cyfrowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W04, K_W06</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_W01, K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>