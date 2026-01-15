--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, sprawozdania z ćwiczeń laboratoryjnych: ultrasonografia i scyntygrafia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>