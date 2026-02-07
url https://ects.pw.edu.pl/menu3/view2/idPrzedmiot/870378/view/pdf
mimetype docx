--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -826,51 +826,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, sprawozdania z ćwiczeń laboratoryjnych: ultrasonografia i scyntygrafia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1046,51 +1046,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Raport z ćwiczenia laboratoryjnego pod tytułem </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U08, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>