--- v2 (2026-02-07)
+++ v3 (2026-02-28)
@@ -1046,121 +1046,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Raport z ćwiczenia laboratoryjnego pod tytułem </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić pomiar i zanalizować obrazy radiologiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem "Radiologia"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U07, K_U08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U07, K_U08, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>