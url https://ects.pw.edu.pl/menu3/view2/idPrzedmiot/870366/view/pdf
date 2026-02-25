--- v0 (2025-12-26)
+++ v1 (2026-02-25)
@@ -1212,51 +1212,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">protokół z przeprowadzonego ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U18, K_U21, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U16, K_U18, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>