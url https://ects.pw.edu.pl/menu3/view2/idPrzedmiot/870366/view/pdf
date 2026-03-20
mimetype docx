--- v1 (2026-02-25)
+++ v2 (2026-03-20)
@@ -1212,51 +1212,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">protokół z przeprowadzonego ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U16, K_U18, K_U21</w:t>
+        <w:t xml:space="preserve">K_U21, K_U10, K_U16, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>